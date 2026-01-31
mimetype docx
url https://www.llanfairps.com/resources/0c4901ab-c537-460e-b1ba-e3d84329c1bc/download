--- v0 (2025-10-08)
+++ v1 (2026-01-31)
@@ -1,65 +1,62 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w:rsidR="00D96FF2" w:rsidRDefault="00D96FF2">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="00D96FF2" w:rsidRDefault="00D96FF2">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00D96FF2" w:rsidRDefault="00D96FF2">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00D96FF2" w:rsidRDefault="00D96FF2" w:rsidP="00D96FF2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
@@ -780,50 +777,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D51A80">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1F1F1F"/>
         </w:rPr>
         <w:t>We will consider your concerns and complaints in an open and fair way.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D51A80" w:rsidRPr="00D51A80" w:rsidRDefault="00D51A80" w:rsidP="00D51A80">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="300"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1F1F1F"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D51A80">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1F1F1F"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>At all times, the school will respect the rights and feelings of those involved and make every effort to protect confidential information.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D51A80" w:rsidRPr="00D51A80" w:rsidRDefault="00D51A80" w:rsidP="00D51A80">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="300"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1F1F1F"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D51A80">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1F1F1F"/>
         </w:rPr>
         <w:t>Timescales for dealing with your concerns or complaints may need to be extended and we will notify you.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D51A80" w:rsidRPr="00D51A80" w:rsidRDefault="00D51A80" w:rsidP="00D51A80">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="300"/>
@@ -974,51 +972,67 @@
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Stage A</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D51A80" w:rsidRPr="00D51A80" w:rsidRDefault="00D51A80" w:rsidP="00D51A80">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="300"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1F1F1F"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D51A80">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1F1F1F"/>
         </w:rPr>
-        <w:t>If you have a concern, you can often resolve it quickly by talking to a teacher or [name of school’s designated person]. You should raise your concern as soon as you can; normally we would expect you to raise your issue within 10 school days of any incident.</w:t>
+        <w:t xml:space="preserve">If you have a concern, you can often resolve it quickly by talking to a teacher or </w:t>
+      </w:r>
+      <w:r w:rsidR="00435FF5">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="1F1F1F"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mr R Jones. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00D51A80">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="1F1F1F"/>
+        </w:rPr>
+        <w:t>You should raise your concern as soon as you can; normally we would expect you to raise your issue within 10 school days of any incident.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D51A80" w:rsidRPr="00D51A80" w:rsidRDefault="00D51A80" w:rsidP="00D51A80">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="300"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1F1F1F"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D51A80">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1F1F1F"/>
         </w:rPr>
         <w:t>The longer you leave it the harder it might be for those involved to deal with it effectively.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D51A80" w:rsidRPr="00D51A80" w:rsidRDefault="00D51A80" w:rsidP="00D51A80">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="300"/>
         <w:jc w:val="both"/>
@@ -1028,50 +1042,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D51A80">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1F1F1F"/>
         </w:rPr>
         <w:t>If you are a pupil, you can raise your concerns with your school council representative, form tutor or a teacher chosen to deal with pupil. This will not stop you, at a later date, from raising a complaint if you feel that the issue(s) you have raised have not been dealt with properly.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D51A80" w:rsidRPr="00D51A80" w:rsidRDefault="00D51A80" w:rsidP="00D51A80">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="300"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1F1F1F"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D51A80">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1F1F1F"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>We will try to let you know what we have done or are doing about your concern normally within 10 school days, but if this is not possible, we will talk to you and agree a revised timescale with you.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D51A80" w:rsidRPr="00D51A80" w:rsidRDefault="00D51A80" w:rsidP="00D51A80">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1F1F1F"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D51A80">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1F1F1F"/>
         </w:rPr>
         <w:t>The person overseeing your concern or complaint will keep you informed of the progress being made. This person will also keep a log of the concern for future reference.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D51A80" w:rsidRPr="00D51A80" w:rsidRDefault="00D51A80" w:rsidP="00D51A80">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
@@ -1089,119 +1104,87 @@
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Stage B</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D51A80" w:rsidRPr="00D51A80" w:rsidRDefault="00D51A80" w:rsidP="00D51A80">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="300"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1F1F1F"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D51A80">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1F1F1F"/>
         </w:rPr>
-        <w:t xml:space="preserve">In most cases, we would expect that your concern is resolved informally. If you feel that your initial concern has not been dealt with appropriately you should put your complaint in writing to the </w:t>
-[...15 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>In most cases, we would expect that your concern is resolved informally. If you feel that your initial concern has not been dealt with appropriately you should put your complaint in writing to the headteacher.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D51A80" w:rsidRPr="00D51A80" w:rsidRDefault="00D51A80" w:rsidP="00D51A80">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="300"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1F1F1F"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D51A80">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1F1F1F"/>
         </w:rPr>
         <w:t>We would expect you to aim to do this within five school days of receiving a response to your concern as it is in everyone’s interest to resolve a complaint as soon as possible. The form at Appendix A you may find useful. If you are a pupil we will explain the form to you, help you complete it and give you a copy.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D51A80" w:rsidRPr="00D51A80" w:rsidRDefault="00D51A80" w:rsidP="00D51A80">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="300"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1F1F1F"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D51A80">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1F1F1F"/>
         </w:rPr>
-        <w:t xml:space="preserve">If your complaint is about the </w:t>
-[...15 lines deleted...]
-        <w:t>, you should put your complaint in writing to the chair of governors, addressed to the school, to ask for your complaint to be investigated.</w:t>
+        <w:t>If your complaint is about the headteacher, you should put your complaint in writing to the chair of governors, addressed to the school, to ask for your complaint to be investigated.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D51A80" w:rsidRPr="00D51A80" w:rsidRDefault="00D51A80" w:rsidP="00D51A80">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="300"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1F1F1F"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D51A80">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1F1F1F"/>
         </w:rPr>
         <w:t xml:space="preserve">In all cases, </w:t>
       </w:r>
       <w:r w:rsidR="00292FFD">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1F1F1F"/>
         </w:rPr>
         <w:t xml:space="preserve">Mr Rhys Jones </w:t>
@@ -1339,50 +1322,51 @@
         <w:t xml:space="preserve">or Mr Rhys Jones </w:t>
       </w:r>
       <w:r w:rsidRPr="00D51A80">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1F1F1F"/>
         </w:rPr>
         <w:t>who will write down what is discussed and what, in your own words, would resolve the problem and then be asked to sign them as a true record of what was said. We would normally expect you to do this within five school days of receiving the school’s response. We will let you know how the complaint will be dealt with and will send a letter to confirm this. The complaints committee will normally have a meeting with you within 15 school days of receiving your letter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D51A80" w:rsidRPr="00D51A80" w:rsidRDefault="00D51A80" w:rsidP="00D51A80">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="300"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1F1F1F"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D51A80">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1F1F1F"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>The letter will also tell you when all the documentation to be considered by the complaints committee must be received. Everyone involved will see the documentation before the meeting, while ensuring that people’s rights to privacy of information are protected. The letter will also record what we have agreed with you about when and where the meeting will take place and what will happen. The timescale may need to be changed, to allow for the availability of people, the gathering of information or seeking advice. In this case, the person dealing with the complaint will agree a new meeting date with you.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D51A80" w:rsidRPr="00D51A80" w:rsidRDefault="00D51A80" w:rsidP="00D51A80">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="300"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1F1F1F"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D51A80">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1F1F1F"/>
         </w:rPr>
         <w:t>Normally, in order to deal with the complaint as quickly as possible, the complaints committee will not reschedule the meeting more than once. If you ask to reschedule the meeting more than once, the committee may think it reasonable to make a decision on the complaint in your absence to avoid unnecessary delays.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D51A80" w:rsidRPr="00D51A80" w:rsidRDefault="00D51A80" w:rsidP="00D51A80">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="300"/>
@@ -1495,67 +1479,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D51A80">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1F1F1F"/>
         </w:rPr>
         <w:t>The concern or complaint will be referred to the chair of governors for investigation. The chair may alternatively delegate the matter to another governor for investigation. Stage B onwards of the complaints procedure will apply.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D51A80" w:rsidRPr="00D51A80" w:rsidRDefault="00D51A80" w:rsidP="00D51A80">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="300"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1F1F1F"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D51A80">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1F1F1F"/>
         </w:rPr>
-        <w:t xml:space="preserve">The chair of governors or </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> and chair of governors:</w:t>
+        <w:t>The chair of governors or headteacher and chair of governors:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D51A80" w:rsidRPr="00D51A80" w:rsidRDefault="00D51A80" w:rsidP="00D51A80">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1F1F1F"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D51A80">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1F1F1F"/>
         </w:rPr>
         <w:t>The vice chair of governors will be informed and will investigate it or may delegate it to another governor. Stage B onwards of the complaints procedure will apply.</w:t>
       </w:r>
     </w:p>
@@ -1616,124 +1584,93 @@
           <w:color w:val="1F1F1F"/>
         </w:rPr>
         <w:t>The whole governing body:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D51A80" w:rsidRPr="00D51A80" w:rsidRDefault="00D51A80" w:rsidP="00D51A80">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1F1F1F"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D51A80">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1F1F1F"/>
         </w:rPr>
-        <w:t xml:space="preserve">The complaint will be referred to the clerk to the governing body who will inform the </w:t>
-[...15 lines deleted...]
-        <w:t>, chair of governors, local authority and, where appropriate, the diocesan authority.</w:t>
+        <w:t>The complaint will be referred to the clerk to the governing body who will inform the headteacher, chair of governors, local authority and, where appropriate, the diocesan authority.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D51A80" w:rsidRPr="00D51A80" w:rsidRDefault="00D51A80" w:rsidP="00D51A80">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1F1F1F"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D51A80">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1F1F1F"/>
         </w:rPr>
         <w:t>The authorities will agree arrangements with the governing body for independent investigation and consideration of the complaint.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D51A80" w:rsidRPr="00D51A80" w:rsidRDefault="00D51A80" w:rsidP="00D51A80">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="300"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1F1F1F"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D51A80">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1F1F1F"/>
         </w:rPr>
-        <w:t xml:space="preserve">The </w:t>
-[...15 lines deleted...]
-        <w:t>:</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>The headteacher:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D51A80" w:rsidRPr="00D51A80" w:rsidRDefault="00D51A80" w:rsidP="00D51A80">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1F1F1F"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D51A80">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1F1F1F"/>
         </w:rPr>
         <w:t>The concern or complaint will be referred to the chair of governors who will undertake the investigation or may delegate it to another governor. Stage B onwards of the complaints procedure will apply.</w:t>
       </w:r>
     </w:p>
@@ -1933,341 +1870,269 @@
         <w:t>nd</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1F1F1F"/>
         </w:rPr>
         <w:t xml:space="preserve"> February 2023</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D51A80" w:rsidRPr="00D51A80" w:rsidRDefault="00D51A80" w:rsidP="00D51A80">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="300"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1F1F1F"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D51A80">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1F1F1F"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...18 lines deleted...]
-    <w:p w:rsidR="00D51A80" w:rsidRPr="00D51A80" w:rsidRDefault="00D51A80" w:rsidP="00D51A80">
+        <w:t>(by full governing body)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00435FF5" w:rsidRDefault="00D51A80" w:rsidP="00D51A80">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="300"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1F1F1F"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1F1F1F"/>
         </w:rPr>
         <w:t xml:space="preserve">Date of review: </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...28 lines deleted...]
-        <w:t xml:space="preserve"> 2024</w:t>
+      <w:r w:rsidR="00435FF5">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="1F1F1F"/>
+        </w:rPr>
+        <w:t>When updated</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D51A80" w:rsidRPr="00D51A80" w:rsidRDefault="00D51A80" w:rsidP="00D51A80">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="300"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1F1F1F"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D51A80">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1F1F1F"/>
         </w:rPr>
-        <w:t xml:space="preserve">MEIC may be contacted by </w:t>
-[...48 lines deleted...]
-        <w:t>: 0808 801 1000 (Monday to Friday 9a.m. to 5p.m.), text: 80 800 (start your message with COM) or e-mail: </w:t>
+        <w:t>MEIC may be contacted by freephone: 0808 802 3456, or text: 84001. This service is operated 24 hours a day.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D51A80" w:rsidRPr="00D51A80" w:rsidRDefault="00D51A80" w:rsidP="00D51A80">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="1F1F1F"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D51A80">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="1F1F1F"/>
+        </w:rPr>
+        <w:t>The Children’s Commissioner for Wales can be contacted by freephone: 0808 801 1000 (Monday to Friday 9a.m. to 5p.m.), text: 80 800 (start your message with COM) or e-mail: </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="00D51A80">
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>advice@childcomwales.org.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D51A80">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1F1F1F"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F145A5" w:rsidRDefault="00F145A5" w:rsidP="00D51A80">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00F145A5" w:rsidSect="00B20245">
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00F94762" w:rsidRDefault="00F94762" w:rsidP="00B9795A">
+    <w:p w:rsidR="00F91BE8" w:rsidRDefault="00F91BE8" w:rsidP="00B9795A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00F94762" w:rsidRDefault="00F94762" w:rsidP="00B9795A">
+    <w:p w:rsidR="00F91BE8" w:rsidRDefault="00F91BE8" w:rsidP="00B9795A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="00B9795A" w:rsidRDefault="00B9795A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Adopted </w:t>
     </w:r>
     <w:r w:rsidR="00D51A80">
       <w:t>3/10/19, reviewed October 22, readopted February 2023</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00B9795A" w:rsidRDefault="00B9795A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00F94762" w:rsidRDefault="00F94762" w:rsidP="00B9795A">
+    <w:p w:rsidR="00F91BE8" w:rsidRDefault="00F91BE8" w:rsidP="00B9795A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00F94762" w:rsidRDefault="00F94762" w:rsidP="00B9795A">
+    <w:p w:rsidR="00F91BE8" w:rsidRDefault="00F91BE8" w:rsidP="00B9795A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="029C452A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="1BC84980"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -3107,152 +2972,154 @@
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
-  <w:doNotDisplayPageBoundaries/>
   <w:displayBackgroundShape/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:savePreviewPicture/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001D0697"/>
     <w:rsid w:val="001D0697"/>
     <w:rsid w:val="00292FFD"/>
     <w:rsid w:val="002B2A95"/>
     <w:rsid w:val="00416FAE"/>
+    <w:rsid w:val="00435FF5"/>
     <w:rsid w:val="00445E3B"/>
     <w:rsid w:val="00510C16"/>
     <w:rsid w:val="005744B7"/>
     <w:rsid w:val="00612538"/>
     <w:rsid w:val="006E275C"/>
     <w:rsid w:val="006F557F"/>
     <w:rsid w:val="007327BF"/>
     <w:rsid w:val="0078001B"/>
     <w:rsid w:val="00786C64"/>
     <w:rsid w:val="007C2A5D"/>
     <w:rsid w:val="00815B78"/>
     <w:rsid w:val="00891CFE"/>
     <w:rsid w:val="009845CE"/>
     <w:rsid w:val="00A62182"/>
     <w:rsid w:val="00A6787D"/>
     <w:rsid w:val="00B20245"/>
     <w:rsid w:val="00B9795A"/>
     <w:rsid w:val="00BA7D55"/>
     <w:rsid w:val="00BB4DA0"/>
     <w:rsid w:val="00C87169"/>
     <w:rsid w:val="00CD442F"/>
     <w:rsid w:val="00CE0B73"/>
     <w:rsid w:val="00D20BDD"/>
     <w:rsid w:val="00D45CB8"/>
     <w:rsid w:val="00D51A80"/>
     <w:rsid w:val="00D91635"/>
     <w:rsid w:val="00D96FF2"/>
     <w:rsid w:val="00E1585E"/>
     <w:rsid w:val="00F145A5"/>
     <w:rsid w:val="00F2760C"/>
+    <w:rsid w:val="00F91BE8"/>
     <w:rsid w:val="00F94762"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="768FD55C"/>
   <w15:docId w15:val="{41F0224D-CE96-45D3-88FA-4392C3AC5558}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3308,98 +3175,95 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
@@ -3573,50 +3437,54 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00B20245"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00D51A80"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
@@ -3735,51 +3603,51 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D51A80"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D51A80"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
     <w:div w:id="1732077301">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="751320133">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -4929,83 +4797,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1701</Words>
-  <Characters>9701</Characters>
+  <Words>1697</Words>
+  <Characters>9673</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>80</Lines>
   <Paragraphs>22</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
-      <vt:variant>
-[...4 lines deleted...]
-      </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="12" baseType="lpstr">
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>1</vt:lpstr>
-      <vt:lpstr>    Introduction</vt:lpstr>
-[...9 lines deleted...]
-      <vt:lpstr>    Our commitment to you</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Vale of Glamorgan Council</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11380</CharactersWithSpaces>
+  <CharactersWithSpaces>11348</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>1</dc:title>
   <dc:creator>ICT Services</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>